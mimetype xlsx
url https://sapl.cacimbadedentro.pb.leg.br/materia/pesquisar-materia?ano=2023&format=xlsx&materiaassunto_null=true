--- v0 (2025-12-08)
+++ v1 (2026-03-17)
@@ -54,1209 +54,1209 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Victor Hugo</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/109/requerimento_no_001-2023_victor_hugo.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/109/requerimento_no_001-2023_victor_hugo.pdf</t>
   </si>
   <si>
     <t>Requer medidas cabíveis para conceder o reajuste salarial de 14,95% para os professores do município.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/110/requerimento_no_002-2023_victor_hugo.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/110/requerimento_no_002-2023_victor_hugo.pdf</t>
   </si>
   <si>
     <t>Requer medidas cabíveis para efetuação do pagamento do piso nacional de enfermagem.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Nega Quindoia</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/111/requerimento_no_001-2023_nega_quindoia.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/111/requerimento_no_001-2023_nega_quindoia.doc</t>
   </si>
   <si>
     <t>REQUER medidas sobre a questão de animais soltos nas estradas do município, medidas estas, no sentido de haver alguma punição para os donos desses animais.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Nobinho Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/112/requerimento_de_no_001-2023_arnobio.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/112/requerimento_de_no_001-2023_arnobio.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de lixeiras nas vias públicas da cidade.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/113/requerimento_no_002-2023_nobinho.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/113/requerimento_no_002-2023_nobinho.doc</t>
   </si>
   <si>
     <t>REQUER a mudança de ônibus destinado para os universitários da cidade de Campina Grande-PB.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/114/requerimento_no_003-2023_nobinho.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/114/requerimento_no_003-2023_nobinho.doc</t>
   </si>
   <si>
     <t>Requer o reajuste salarial dos servidores estatutários municipais.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Neto de Baica</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/115/requereimento_no_001-2023_antonio_neto.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/115/requereimento_no_001-2023_antonio_neto.pdf</t>
   </si>
   <si>
     <t>Requer que o prédio do antigo matadouro seja transformado em um centro de convivência para os idosos do Município.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Nego de Nô</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/116/requerimento_no_001-2023_nego.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/116/requerimento_no_001-2023_nego.doc</t>
   </si>
   <si>
     <t>Requer a construção do calçamento nos arredores da Capela de Lagoa D’Água até a Lagoa da Bananeira, como também nos arredores do Posto e Saúde localizado nesta comunidade.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/117/requerimento_no_002-2023_nego.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/117/requerimento_no_002-2023_nego.doc</t>
   </si>
   <si>
     <t>Requer um aterro na estrada paralela a lagoa que fica por trás da antiga casa do Sr. Odilon Almeida, na comunidade de Lagoa D’Água.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/118/requerimento_no_004-2023_nobinho.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/118/requerimento_no_004-2023_nobinho.doc</t>
   </si>
   <si>
     <t>Requer, por meio da Secretaria competente, a realização de estudos de viabilidade para implantação de sistema de produção de energia solar nas repartições públicas municipais.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Reginaldo Rocha</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/120/requerimento_-_reginaldo.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/120/requerimento_-_reginaldo.doc</t>
   </si>
   <si>
     <t>Requer que seja feita uma reforma na Lagoa da Bananeira, na Comunidade de Lagoa D’Água.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/121/requerimento_-_neto_1.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/121/requerimento_-_neto_1.doc</t>
   </si>
   <si>
     <t>Requer que o prédio do antigo hospital municipal seja reformado e transformado em um abrigo para idosos em situação de risco, possibilitando a aplicação de medidas protetivas de abrigamento temporário ou permanente.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/122/requerimento_-_neto_2.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/122/requerimento_-_neto_2.doc</t>
   </si>
   <si>
     <t>Requer que o prédio do antigo matadouro municipal seja reformado e transformado, junto à Secretaria competente, para a implantação de um abrigo para animais abandonados do município.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Pollyano Henrique</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/125/requerimento_no_001-2023_pollyanno.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/125/requerimento_no_001-2023_pollyanno.pdf</t>
   </si>
   <si>
     <t>Requer a conclusão da pavimentação no final da Rua Epitácio Pessoa, no Bairro Santo Antonio.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Professora Dalvaneide</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/126/requerimento_dalvaneide.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/126/requerimento_dalvaneide.doc</t>
   </si>
   <si>
     <t>REQUER a nomeação da Rua Projetada, situada no Conjunto Frei Damião I, a qual passará a se chamar Alain Delon.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/127/requerimento_no_novo_2023_neto.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/127/requerimento_no_novo_2023_neto.doc</t>
   </si>
   <si>
     <t>REQUER a construção de uma casa de apoio ou alugar um imóvel para instituir uma clínica-escola para atender às crianças diagnosticadas com Transtorno do Espectro do Autismo (TEA), aos moldes do Instituto Azul, do município de Solânea.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/128/requerimento_no_002-2023_nega_quindoia.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/128/requerimento_no_002-2023_nega_quindoia.doc</t>
   </si>
   <si>
     <t>REQUER o calçamento da Rua Projetada 3, na Bela Vista.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/129/requerimento_no_003-2023_pollyanno.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/129/requerimento_no_003-2023_pollyanno.pdf</t>
   </si>
   <si>
     <t>Requer a realização de casamentos comunitários para pessoas que sejam cadastradas no Cadúnico.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/130/requerimento_no_004-2023_pollyanno.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/130/requerimento_no_004-2023_pollyanno.pdf</t>
   </si>
   <si>
     <t>Requer a reforma do calçadão/travessa que liga a Escola Municipal Manuel Benevenuto à Praça Perilo de Oliveira.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/131/requerimento_no_005-2023_pollyanno.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/131/requerimento_no_005-2023_pollyanno.pdf</t>
   </si>
   <si>
     <t>Requer que seja denominado o calçadão/travessa que liga a Escola Municipal Manoel Benevenuto à Praça Perilo de Oliveira com o nome do Sr. Reginaldo  Alves Pessoa.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Tiago Pereira</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/137/requerimento_24.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/137/requerimento_24.pdf</t>
   </si>
   <si>
     <t>Compra e distribuição de mobília escolar e material esportivo para as escolas municipais.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/138/requerimento_25.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/138/requerimento_25.pdf</t>
   </si>
   <si>
     <t>Contratação temporária de duas máquinas para fazer trituração/selagem por parte da prefeitura.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/139/requerimento_26.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/139/requerimento_26.pdf</t>
   </si>
   <si>
     <t>Construção de abrigos nas paradas de ônibus existentes nos trechos asfaltados do município.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/140/requerimento_27.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/140/requerimento_27.pdf</t>
   </si>
   <si>
     <t>Criação da patrulha escolar, debates sobre violência escolar e outras providências.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/143/detectores_de_metais.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/143/detectores_de_metais.pdf</t>
   </si>
   <si>
     <t>REQUER DETECTORES DE METAIS E CÂMERAS DE SEGURANÇA EM TODAS AS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/146/requerimento_-_neto_28-04.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/146/requerimento_-_neto_28-04.doc</t>
   </si>
   <si>
     <t>Requer que seja construída saídas de emergência nas escolas municipais.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/147/requerimento_-_nobinho__28-04.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/147/requerimento_-_nobinho__28-04.doc</t>
   </si>
   <si>
     <t>Requer que o prédio do antigo hospital municipal seja transformando numa espécie de Centro Administrativo, abrigando as Secretarias Municipais.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/148/requerimento_-_nobinho_2_28-04.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/148/requerimento_-_nobinho_2_28-04.doc</t>
   </si>
   <si>
     <t>Requer a a abertura de uma rua a qual ligue a Avenida Presidente João Pessoa à Rua do Açude da Palmeira.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/149/requerimento_-_nobinho_3_28-04.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/149/requerimento_-_nobinho_3_28-04.doc</t>
   </si>
   <si>
     <t>a instalação de detectores de metais em todas as escolas municipais.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Ilmar Bezerra</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/152/requerimento_no_01-2023_ilmar.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/152/requerimento_no_01-2023_ilmar.doc</t>
   </si>
   <si>
     <t>Requer a reabertura do posto de saúde de Lagoa Salgada.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/153/requerimento_no_02-2023_ilmar.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/153/requerimento_no_02-2023_ilmar.doc</t>
   </si>
   <si>
     <t>Requer a expansão da extensão do calçamento para concluir a alça passando pela Escola Municipal Antônio Félix, Igreja de Nossa Senhora das Dores até a rodovia PB 111.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/156/requerimento_arnobio_2023_asfalto_das_ruas.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/156/requerimento_arnobio_2023_asfalto_das_ruas.doc</t>
   </si>
   <si>
     <t>Requer do Sr. Prefeito que seja feito a malha asfáltica nas principais ruas dos seguintes bairros e conjuntos habitacionais: Bairro Santo Antônio, Bairro da Palmeira, Conjunto Francisco Gomes, Conjunto Lúcia Braga e Conjunto Benjamim Maranhão.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/159/requerimento_no_03-2023_licenca_ilmar.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/159/requerimento_no_03-2023_licenca_ilmar.pdf</t>
   </si>
   <si>
     <t>Requer o afastamento das atividades legislativas.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/160/requerimento_no_003-2023_nego.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/160/requerimento_no_003-2023_nego.doc</t>
   </si>
   <si>
     <t>Requer que seja enviado à Cagepa pedido de abastecimento de água para a comunidade de Lagoa Salgada, partindo da casa do “Sr. Cimar” até a comunidade de Carrapicho, precisamente, até a propriedade do Pastor Rivaldo.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/162/requerimento_arnobio_010-2023.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/162/requerimento_arnobio_010-2023.doc</t>
   </si>
   <si>
     <t>Requer do Sr. Prefeito que seja feito a iluminação do portal da entrada para Cacimba de Dentro, passando pela PB-111 até as Ruas: Capitão Pedro Moreira, Presidente João Pessoa, José Gomes Maranhão, seguindo a BR até o portal da Saída para Araruna, colocando postes altos e iluminação de led.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/163/requerimento_no009-2023_nobinho..doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/163/requerimento_no009-2023_nobinho..doc</t>
   </si>
   <si>
     <t>Requer que seja dado o nome de Abinoan Bonifácio de Macêdo a nova Praça que será construída neste Município.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/164/requerimento_arnobio_011-2023.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/164/requerimento_arnobio_011-2023.doc</t>
   </si>
   <si>
     <t>Requer que seja criado a Feira do Artesão em comemoração as festividades do aniversário da cidade e durante todo o ano no antigo Mercado Público que está sendo reformado.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/169/requerimento_no_05-2023_tiago.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/169/requerimento_no_05-2023_tiago.pdf</t>
   </si>
   <si>
     <t>Requer a aquisição de um caminhão refrigerador para o transporte de carnes.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/170/requerimento_no_06-2023_tiago.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/170/requerimento_no_06-2023_tiago.pdf</t>
   </si>
   <si>
     <t>Requer reforma do trevo que liga o Distrito de Logradouro à Cacimba de Dentro.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/171/requerimento_no_07-2023_tiago.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/171/requerimento_no_07-2023_tiago.pdf</t>
   </si>
   <si>
     <t>Requer monitoramento por câmeras de segurança na entrada e saída deste Município.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/172/requerimento_no_08-2023_tiago.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/172/requerimento_no_08-2023_tiago.pdf</t>
   </si>
   <si>
     <t>Celebração de acordo com a UEPB para instalação de um pólo EAD no município.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/173/requerimento_-_reginaldo_2.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/173/requerimento_-_reginaldo_2.doc</t>
   </si>
   <si>
     <t>Requer a compra de uma retroescavadeira para o município.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/174/requerimento_no_06_2023_neto.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/174/requerimento_no_06_2023_neto.doc</t>
   </si>
   <si>
     <t>REQUER que seja efetuado o pagamento do rateio dos recursos remanescentes do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação (FUNDEB) do ano de 2023 correspondente ao saldo financeiro conciliado existente em 31 de dezembro de 2023 para todos os profissionais da educação básica municipal.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/175/requerimento_no_07_2023_neto.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/175/requerimento_no_07_2023_neto.doc</t>
   </si>
   <si>
     <t>REQUER a presença de um cuidador na escola para os alunos com deficiência, o que está assegurado pela Lei Brasileira de Inclusão, também chamada de Estatuto da Pessoa com Deficiência (Lei 13.146/2015), que entrou em vigor em 2016, e garante uma série de direitos relacionados à acessibilidade, educação e saúde, além de estabelecer punições para atitudes discriminatórias.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/176/requerimentos_pollyanno.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/176/requerimentos_pollyanno.pdf</t>
   </si>
   <si>
     <t>Requer que seja implantado o Sistema de Energia Solar em todas as Escolas Municipais.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/177/requerimento_no_07-2023_pollyanno.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/177/requerimento_no_07-2023_pollyanno.pdf</t>
   </si>
   <si>
     <t>Requer que seja implantado o Sistema de Energia Solar em todos os Postos de Saúde do Município.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/178/requerimento_no12-2023_nobinho..doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/178/requerimento_no12-2023_nobinho..doc</t>
   </si>
   <si>
     <t>Requer que seja criado feriado municipal no dia 30 de novembro, quando é celebrado a criação do Distrito de Logradouro de São Francisco.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/179/requerimento_no13-2023_nobinho..doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/179/requerimento_no13-2023_nobinho..doc</t>
   </si>
   <si>
     <t>Requer a limpeza da barragem de “Zé Firino”.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/180/requerimento_no14-2023_nobinho..doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/180/requerimento_no14-2023_nobinho..doc</t>
   </si>
   <si>
     <t>Requer a criação  da  “creche  do  idoso”,  destinada  a  atender  as  necessidades  das  pessoas idosas.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Francinaldo Cardoso</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/181/requerimento_-_francinaldo_1.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/181/requerimento_-_francinaldo_1.doc</t>
   </si>
   <si>
     <t>Requer uma farmácia básica para o Distrito de Logradouro.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/182/requerimento_-_francinaldo_2.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/182/requerimento_-_francinaldo_2.doc</t>
   </si>
   <si>
     <t>Requer um ponto de mototáxi no Distrito de Logradouro.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/183/requerimento_-_francinaldo_3.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/183/requerimento_-_francinaldo_3.doc</t>
   </si>
   <si>
     <t>Requer a instalação de uma placa de “Bem-vindo ao Distrito de Logradouro”, numa distância de 4km do trevo de Barreiros.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/184/requerimento_-_neto_8.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/184/requerimento_-_neto_8.doc</t>
   </si>
   <si>
     <t>Requer a ampliação do cemitério público ou construção de um novo, em decorrência do uso saturado do atual cemitério.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/185/requerimento_-_neto_9.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/185/requerimento_-_neto_9.doc</t>
   </si>
   <si>
     <t>Requer a construção de um Cemitério Público no Distrito de Logradouro.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/186/requerimento_-_francinaldo_5.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/186/requerimento_-_francinaldo_5.doc</t>
   </si>
   <si>
     <t>Requer a instalação de mais câmeras de monitoramento no Distrito de Logradouro.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/187/requerimento_-_francinaldo_4.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/187/requerimento_-_francinaldo_4.doc</t>
   </si>
   <si>
     <t>Requer que seja feita a continuação do calçamento, na Comunidade de Boa Vista, até as imediações do lajeiro.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/188/requerimento_-_francinaldo_6.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/188/requerimento_-_francinaldo_6.doc</t>
   </si>
   <si>
     <t>Requer o funcionamento efetivo dos banheiros públicos da Academia de Saúde, no Distrito de Logradouro.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/189/requerimento_-_francinaldo_7.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/189/requerimento_-_francinaldo_7.doc</t>
   </si>
   <si>
     <t>Requer que a programação do São Pedro de Logradouro seja de dois dias de festa.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/190/requerimento_-_francinaldo_8.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/190/requerimento_-_francinaldo_8.doc</t>
   </si>
   <si>
     <t>Requer que o centro comunitário da Comunidade de Boa Vista seja transformado em um Posto de Saúde.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/191/requerimento_-_francinaldo_9.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/191/requerimento_-_francinaldo_9.doc</t>
   </si>
   <si>
     <t>Requer que seja feita a estrada da Pedra do Letreiro, em Conceição; como também, uma placa de sinalização com a indicação daquela comunidade.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/192/requerimento_-_francinaldo_10.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/192/requerimento_-_francinaldo_10.doc</t>
   </si>
   <si>
     <t>Requer que seja feito um poço artesiano na Comunidade de Boa Vista.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/193/requerimento_-_francinaldo_11.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/193/requerimento_-_francinaldo_11.doc</t>
   </si>
   <si>
     <t>Requer que seja feito um poço artesiano na Comunidade de Logradouro de Baixo, conhecido como Cano.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Fernando Bertolino</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/194/requerimento_-_fernando_1.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/194/requerimento_-_fernando_1.doc</t>
   </si>
   <si>
     <t>Requer a construção de uma rotatória no término da Rua Severino Câmara da Cunha, no sentido da saída para Araruna.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/195/requerimento_no_03-2023_reginaldo.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/195/requerimento_no_03-2023_reginaldo.doc</t>
   </si>
   <si>
     <t>Requer que seja enviado à Cagepa pedido de religação do abastecimento de água para a comunidade de Lagoa de Onça até a propriedade de João Dondon.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/196/requerimento_no_04-2023_reginaldo.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/196/requerimento_no_04-2023_reginaldo.doc</t>
   </si>
   <si>
     <t>Requer que seja feito uma Faixa de Pedestre, como também sinalização horizontal e vertical no asfalto em frente a Escola Poeta Ronaldo Cunha Lima.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/197/requerimento_no_09-2023_tiago.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/197/requerimento_no_09-2023_tiago.pdf</t>
   </si>
   <si>
     <t>Requer fardamento novo para os profissionais do SAMU.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/200/requerimento_dalvaneide_-_portico.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/200/requerimento_dalvaneide_-_portico.doc</t>
   </si>
   <si>
     <t>Requer que seja inserido um poema de Perilo de Oliveira no pórtico que está sendo construído na saída da cidade, sentido o município de Araruna.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/201/requerimento_-_francinaldo_11.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/201/requerimento_-_francinaldo_11.doc</t>
   </si>
   <si>
     <t>Requer que seja feito o asfalto nas Ruas José Xavier de Lima, Monsenhor Martins, Manoel Belo e Presidente José Sarney, no Distrito de Logradouro.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/202/requerimento_-_francinaldo_13.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/202/requerimento_-_francinaldo_13.doc</t>
   </si>
   <si>
     <t>Requer que seja enviado à Cagepa pedido de abastecimento de água na Rua Luciano Pinto Alves.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/203/requerimento_-_francinaldo_15.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/203/requerimento_-_francinaldo_15.doc</t>
   </si>
   <si>
     <t>Requer que seja feito o calçamento da Rua Vila Rica até a estrada da Barra.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/207/requerimento_-_francinaldo_15.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/207/requerimento_-_francinaldo_15.doc</t>
   </si>
   <si>
     <t>Requer uma placa de sinalização na esquina da Padaria Familiar, em Logradouro, indicando a quilometragem das cidades de Damião e Japi-RN.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/</t>
   </si>
   <si>
     <t>Requer um pórtico na entrada do Distrito de Logradouro.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/210/requerimento_-_francinaldo_17.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/210/requerimento_-_francinaldo_17.doc</t>
   </si>
   <si>
     <t>Requer a reativação do ponto de apoio dos Correios, em Logradouro.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Requer a construção de um muro e um portão na entrada do Açude de Conceição.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Requer a dois tratores à disposição dos agricultores da comunidade de Logradouro e região para o corte de terra.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/213/requerimento_-_francinaldo_20.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/213/requerimento_-_francinaldo_20.doc</t>
   </si>
   <si>
     <t>Requer a aquisição de uma nova ambulância para Logradouro, como também, uma para a comunidade de Matas do Riachão.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/214/requerimento_-_francinaldo_21.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/214/requerimento_-_francinaldo_21.doc</t>
   </si>
   <si>
     <t>Requer a que seja nomeada de “Rua Manoel Matias de Lima” a rua conhecida por “Ladeira de Manoel Matias”, em Logradouro.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/215/requerimento_-_francinaldo_22.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/215/requerimento_-_francinaldo_22.doc</t>
   </si>
   <si>
     <t>Requer que seja nomeada de “Francisco de Oliveira Cardoso”, a quadra de esportes que fica na entrada do Distrito de Logradouro.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/216/requerimento_no_08-2023_pollyanno.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/216/requerimento_no_08-2023_pollyanno.pdf</t>
   </si>
   <si>
     <t>Requer a colocação de sonorizadores nas proximidades dos pórticos e de defensas metálicas às margens PB-111 (trecho entre a Escola Municipal Maria de Lourdes Lima e perímetro urbano deste município).</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/217/requerimento_no_09-2023_pollyanno.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/217/requerimento_no_09-2023_pollyanno.pdf</t>
   </si>
   <si>
     <t>Requer a colocação de lombada horizontal em frente ao Posto de Saúde Francisco Nascimento Silva.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/218/requerimento_no_014-2023_arnobio.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/218/requerimento_no_014-2023_arnobio.pdf</t>
   </si>
   <si>
     <t>Requer  a construção de meio-fio na Rua Projetada, localizada na Avenida Novo Horizonte.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora envio de moção de apoio ao Congresso Nacional em favor do posicionamento contrário à ADPF 442, a fim de garantir as prerrogativas constitucionais e republicanas das competências do Poder Legislativo.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/221/requerimento_arnobio_017-2023.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/221/requerimento_arnobio_017-2023.doc</t>
   </si>
   <si>
     <t>Requer que seja instalada iluminação de LED na Rua São Francisco, no Distrito de Logradouro.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Requer a construção de um calçadão no entorno da lagoa, no Distrito de Logradouro, que fica na saída para o Município de Damião.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/223/requerimento_-_francinaldo_23.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/223/requerimento_-_francinaldo_23.doc</t>
   </si>
   <si>
     <t>Requer que seja nomeada de “Luiz Soares da Silva”, no Bairro Novo Horizonte, ao lado do antigo matadouro.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/224/requerimento_-_francinaldo_25.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/224/requerimento_-_francinaldo_25.doc</t>
   </si>
   <si>
     <t>Requer uma passagem molhada no riacho, localizado na comunidade de Matas do Riachão.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/225/requerimento_-_francinaldo_26.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/225/requerimento_-_francinaldo_26.doc</t>
   </si>
   <si>
     <t>Requer um poço artesiano na comunidade de Caraúbas, nas terras do “Senhor Pedro Bino”.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/226/requerimento_-_francinaldo_27.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/226/requerimento_-_francinaldo_27.doc</t>
   </si>
   <si>
     <t>Requer dois redutores de velocidade (quebra-mola) na comunidade de Lagoa Salgada, precisamente, nas imediações da “piscina do Luiz”.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/227/requerimento_-_francinaldo_28.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/227/requerimento_-_francinaldo_28.doc</t>
   </si>
   <si>
     <t>Requer que seja nomeada de “Rua Manoel Pedro Pereira”, a antiga travessa da “Rua da Barra”.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/229/requerimento_-_francinaldo_29.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/229/requerimento_-_francinaldo_29.doc</t>
   </si>
   <si>
     <t>Requer que seja feito a continuação do calçamento das Ruas José Sarney, José Xavier de Lima (até a Rua Manoel Matias de Lima) e Rua Manoel Pedro Pereira (até a estrada da Barra).</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Requer a instalação de uma placa de “Bem-Vindo ao Povoado de Barreiros”.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/231/requerimento_-_francinaldo_31.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/231/requerimento_-_francinaldo_31.doc</t>
   </si>
   <si>
     <t>Requer o calçamento da Rua Projetada 01, no Loteamento Gilberto Dias, no Povoado de Barreiros.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/232/requerimento_-_francinaldo_32.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/232/requerimento_-_francinaldo_32.doc</t>
   </si>
   <si>
     <t>Requer que seja enviado à Cagepa pedido de interligação de água na Rua Projetada 01, no Loteamento Gilberto Dias, no Povoado de Barreiros.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/233/requerimento_-_francinaldo_33.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/233/requerimento_-_francinaldo_33.doc</t>
   </si>
   <si>
     <t>Requer que seja enviado à Cagepa pedido de interligação de água na Travessa Manoel Belo, como também uma interligação entre a Rua José Xavier de Lima e a rua conhecida como “Conjunto de Neguinho”, no Distrito de Logradouro.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/234/requerimento_-_francinaldo_34.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/234/requerimento_-_francinaldo_34.doc</t>
   </si>
   <si>
     <t>Requer que seja construído um poço artesiano na comunidade de Carrapicho.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/235/requerimento_-_arnobio_019-2023.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/235/requerimento_-_arnobio_019-2023.doc</t>
   </si>
   <si>
     <t>Requer a reforma da passagem molhada na divisa da propriedade de Rubens Macêdo, localizado na comunidade de Caraúbas.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>Requer a manutenção estrutural e aquisição de equipamentos esportivos para a quadra de volei no Bairro da Palmeira.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>Requer reforço de segurança e fiscalização eletrônica nas dependências do Cemitério Municipal.</t>
   </si>
   <si>
     <t>238</t>
   </si>
@@ -1269,480 +1269,480 @@
   <si>
     <t>240</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>Requer vigia noturno para atuar nas imediações do cemitério municipal e serviço de ronda noturna no entorno do local.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>requer vigia noturno para atuar nas imediações do cemitério municipal e serviço de ronda noturna no entorno do local.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/242/requerimento_-_francinaldo_35.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/242/requerimento_-_francinaldo_35.doc</t>
   </si>
   <si>
     <t>Requer que seja construído um poço artesiano na Comunidade de Logradouro de Baixo, próximo ao “Cano”.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/243/requerimento_-_francinaldo_36.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/243/requerimento_-_francinaldo_36.doc</t>
   </si>
   <si>
     <t>Requer que a Travessa São Francisco seja interditada aos sábados, em virtude da feira livre”.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/244/requerimento_-_francinaldo_37.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/244/requerimento_-_francinaldo_37.doc</t>
   </si>
   <si>
     <t>Requer que seja feita a continuação do calçamento da Rua Monsenhor Martins, no Distrito de Logradouro.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/245/requerimento_-_francinaldo_38.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/245/requerimento_-_francinaldo_38.doc</t>
   </si>
   <si>
     <t>Requer que seja instalada uma placa de sinalização na Comunidade de Boa Vista, indicando o Santuário Nossa Senhora dos Remédios.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/246/requerimento_-_francinaldo_39.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/246/requerimento_-_francinaldo_39.doc</t>
   </si>
   <si>
     <t>Requer que seja feito o calçamento do trecho que vai da Travessa São Francisco até o “Loteamento de Neguinho”, no Distrito de Logradouro.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/247/requerimento_-_francinaldo_40.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/247/requerimento_-_francinaldo_40.doc</t>
   </si>
   <si>
     <t>Requer que seja construído dois redutores de velocidade (quebra-mola) no asfalto que liga o trevo ao Distrito de Logradouro, nas imediações das residências de Marizete e Aderaldo</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/248/requerimento_-_francinaldo_41.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/248/requerimento_-_francinaldo_41.doc</t>
   </si>
   <si>
     <t>Requer que seja nomeado de “Manoel Antonio de Araújo”, a rua que tem início na residência do “Sr. José Guarabira” até a residência de “Neguinho de Novinha”, no “Conjunto de Júlio de Dome”.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>Requer a nomeação de “Edrízia de Freitas” no canteiro do Conjunto Frei Damião.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>Marcos Cabelinho</t>
   </si>
   <si>
     <t>Requer que seja enviado ao Departamento de Estradas e Rodagens do Estado da Paraíba (DER-PB) pedido de reforma da ponte que liga o Município de Cacimba de Dentro a Solânea, Estado da Paraíba.</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/107/projeto_de_lei_no_001-2023.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/107/projeto_de_lei_no_001-2023.pdf</t>
   </si>
   <si>
     <t>Institui e regulamenta a emissão da Carteira de Identificação com Transtorno do Espectro Autista (CIA/TEA) no âmbito do Município de Cacimba de Dentro-PB e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/106/projeto_de_lei_no_002-2023.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/106/projeto_de_lei_no_002-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição da queima, solutra e manuseio de fogos de artifício e artefatos pirotécnicos de alto impacto sonoro, tecnicamente classificados como "fogos de estampido" e "artigos explosivos" no município de Cacimba de Dentro-PB</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/108/projeto_de_lei_no_003-2023.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/108/projeto_de_lei_no_003-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a celebrar convênio com clínicas médicas, visando a implantação do Programa Meia Consulta junto aos pacientes hipossuficientes do município de Cacimba de Dentro-PB.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>Poder Executivo - PEM</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/119/projeto_de_lei_no_04-2023.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/119/projeto_de_lei_no_04-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobrea adequação da remuneração mínima ao Piso Salarial Profissional Nacional do Magistério Público e dá outras providências.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/124/projeto_de_lei_-_neto_marco.docx</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/124/projeto_de_lei_-_neto_marco.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de comunicação, por parte dos Profissionais da Saúde, ao Ministério Público, órgãos de segurança pública, conselhos e autoridades acerca da ocorrência ou de indícios de violência doméstica, familiar, sexual e/ou outras formas de violência contra a mulher, crianças, adolescentes, idosos e pessoas com deficiência, no âmbito dos Estabelecimentos de Saúde do Município de Cacimba de Dentro-PB.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/132/projeto_de_lei_no_05-2023.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/132/projeto_de_lei_no_05-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a remuneração dos servidores efetivos da Câmara Municipal de Cacimba de Dentro-PB.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/133/projeto_de_lei_no_06-2023.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/133/projeto_de_lei_no_06-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a remuneração dos servidores comissionados da Câmara Municipal de Cacimba de Dentro-PB.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/141/projeto_de_lei_no_008-2023_ldo.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/141/projeto_de_lei_no_008-2023_ldo.pdf</t>
   </si>
   <si>
     <t>Estabelece as diretrizes para elaboração do orçamento geral do do município relativo ao exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/142/programa_crianca_segura.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/142/programa_crianca_segura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa Crianças Seguras nas escolas da rede pública municipal de ensino.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/144/indice_de_seguranca.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/144/indice_de_seguranca.pdf</t>
   </si>
   <si>
     <t>CRIA O ÍNDICE DE SEGURANÇA DAS ESCOLAS MUNICIPAIS - ISEM</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/151/projeto_de_lei_no_009-2023.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/151/projeto_de_lei_no_009-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial no orçamento financeiro de 2023.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/154/projeto_de_lei_neto_2023_-_titulo_emerito.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/154/projeto_de_lei_neto_2023_-_titulo_emerito.doc</t>
   </si>
   <si>
     <t>CRIA O TÍTULO DE PROFESSOR EMÉRITO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/155/projeto_de_lei_dalvaneide_2023_-_censo_de_inclusao_de_autistas.doc</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/155/projeto_de_lei_dalvaneide_2023_-_censo_de_inclusao_de_autistas.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa Censo de Inclusão de Pessoas com Transtorno do Espectro Autista (TEA)</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/157/projeto_de_lei_no_19-2023_victor_hugo.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/157/projeto_de_lei_no_19-2023_victor_hugo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de óculos de grau pelo Poder Público Municipal aos alunos regularmente matriculados no ensino da rede pública.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/165/projeto_de_lei_no_20-2023_vencimentos_dos_enfermeiros.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/165/projeto_de_lei_no_20-2023_vencimentos_dos_enfermeiros.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder parcela de complementação de vencimento aos enfermeiros, técnicos de enfermagem, auxiliares de enfermagens e parteiras.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/166/projeto_de_lei_no_21-2023_credito_especial.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/166/projeto_de_lei_no_21-2023_credito_especial.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito especial no orçamento de 2023 para manutenção das atividades da Lei Paulo Gustavo.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/167/projeto_de_lei_no_22-2023_tiago.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/167/projeto_de_lei_no_22-2023_tiago.pdf</t>
   </si>
   <si>
     <t>Instituição de horário fixo para o encerramento das festas livres para às 5:00 horas da manhã, no âmbito deste Município.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/168/projeto_de_lei_no_23-2023_tiago.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/168/projeto_de_lei_no_23-2023_tiago.pdf</t>
   </si>
   <si>
     <t>Instituição da Semana Municipal de Incentivo e Orientação ao Estudo e à Leitura.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/204/projeto_de_lei_no_026-2023_altera_os_anexos_da_ldo_e_ppa_2024.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/204/projeto_de_lei_no_026-2023_altera_os_anexos_da_ldo_e_ppa_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração dos anexos da LDO e PPA para o exercício de 2024.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/205/projeto_de_lei_no_027-2023_-_loa_2024.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/205/projeto_de_lei_no_027-2023_-_loa_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a LOA 2024.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/206/projeto_de_lei_no_028-2023_credito.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/206/projeto_de_lei_no_028-2023_credito.pdf</t>
   </si>
   <si>
     <t>Abertura de crédito especial no orçamento de 2023.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/209/projeto_de_lei_no_025-2023.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/209/projeto_de_lei_no_025-2023.pdf</t>
   </si>
   <si>
     <t>Abertura de Crédito Especial no orçamento de 2023.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/220/projeto_de_lei_no_029-2023_vereador_victor_hugo.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/220/projeto_de_lei_no_029-2023_vereador_victor_hugo.pdf</t>
   </si>
   <si>
     <t>Institui o Dia da Cavalgada em homenagem ao saudoso e eterno Edmilson Gomes de Sousa no calendário oficial de eventos do Município de Cacimba de Dentro-PB.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/134/projeto_de_decreto_legislativo_-_fernanda.docx</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/134/projeto_de_decreto_legislativo_-_fernanda.docx</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃ HONORÁRIA DO MUNICÍPIO DE CACIMBA DE DENTRO/PB  A SENHORA FERNANDA PADEIRO DOS SANTOS CARVALHO.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/135/projeto_de_decreto_legislativo_-_padre_francisco.docx</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/135/projeto_de_decreto_legislativo_-_padre_francisco.docx</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE CACIMBA DE DENTRO/PB AO PADRE FRANCISCO DA SILVA MARQUES.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/136/projeto_de_decreto_legislativo_-_padre_robson.docx</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/136/projeto_de_decreto_legislativo_-_padre_robson.docx</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE CACIMBA DE DENTRO/PB AO PADRE ROBSON DA SILVA ARAÚJO</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/150/projeto_de_decreto_legislativo_-_janaina.docx</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/150/projeto_de_decreto_legislativo_-_janaina.docx</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃ HONORÁRIA DO MUNICÍPIO DE CACIMBA DE DENTRO/PB  A SENHORA JANAÍNA CARDOSO DE OLIVEIRA SILVA</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/161/projeto_de_decreto_legislativo_-_senador_efraim.docx</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/161/projeto_de_decreto_legislativo_-_senador_efraim.docx</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE CACIMBA DE DENTRO/PB AO SENADOR DA REPÚBLICA EFRAIM DE ARAÚJO MORAIS FILHO.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/199/projeto_de_decreto_legislativo_-_senadora_daniella.docx</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/199/projeto_de_decreto_legislativo_-_senadora_daniella.docx</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Cacimbense a Senadora Daniella Ribeiro.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/228/projeto_de_decreto_legislativo_no_08-2023_joao_azevedo.docx</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/228/projeto_de_decreto_legislativo_no_08-2023_joao_azevedo.docx</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE CACIMBA DE DENTRO/PB AO EXMO. GOVERNADOR DO ESTADO DA PARAÍBA JOÃO AZEVEDO LINS FILHO.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/249/projeto_de_decreto_legislativo_no_06-2023_francinaldo.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/249/projeto_de_decreto_legislativo_no_06-2023_francinaldo.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Cacimbense a Senadora Daniella Velloso Borges Ribeiro.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/250/projeto_de_decreto_legislativo_no_08-2023_joao_azevedo.docx</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/250/projeto_de_decreto_legislativo_no_08-2023_joao_azevedo.docx</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Cacimbense ao Governador da Paraíba João Azevedo Lins Filho.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/251/projeto_de_decreto_legislativo_no_09-2023_tiago.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/251/projeto_de_decreto_legislativo_no_09-2023_tiago.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Cacimbense ao Sr. Antonio Pedro dos Santos Filho.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/123/projeto_de_resolucao_-_dalvaneide.docx</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/123/projeto_de_resolucao_-_dalvaneide.docx</t>
   </si>
   <si>
     <t>Cria a Procuradoria Especial da Mulher, como órgão não vinculado à Procuradoria da Câmara Municipal de Cacimba de Dentro-PB e dá outras providências.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/145/projeto_de_decreto_legislativo_-_janaina.docx</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/145/projeto_de_decreto_legislativo_-_janaina.docx</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/158/projeto_de_resolucao_no_003-2023_mesa_da_camara_cacimba_de_dentro.docx</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/158/projeto_de_resolucao_no_003-2023_mesa_da_camara_cacimba_de_dentro.docx</t>
   </si>
   <si>
     <t>DISPÕE ACERCA DE CONCESSÃO DE LICENÇA AO VEREADOR FRANCISCO ILMAR BEZERRA DA COSTA.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/198/projeto_de_resolucao_no_05-2023_victor_hugo.pdf</t>
+    <t>http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/198/projeto_de_resolucao_no_05-2023_victor_hugo.pdf</t>
   </si>
   <si>
     <t>Estabelece prazo ao Executivo Municipal para envio de resposta fundamentada, por prazo certo, das indicações e ofícios encaminhados pelos vereadores.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2049,68 +2049,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/109/requerimento_no_001-2023_victor_hugo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/110/requerimento_no_002-2023_victor_hugo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/111/requerimento_no_001-2023_nega_quindoia.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/112/requerimento_de_no_001-2023_arnobio.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/113/requerimento_no_002-2023_nobinho.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/114/requerimento_no_003-2023_nobinho.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/115/requereimento_no_001-2023_antonio_neto.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/116/requerimento_no_001-2023_nego.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/117/requerimento_no_002-2023_nego.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/118/requerimento_no_004-2023_nobinho.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/120/requerimento_-_reginaldo.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/121/requerimento_-_neto_1.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/122/requerimento_-_neto_2.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/125/requerimento_no_001-2023_pollyanno.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/126/requerimento_dalvaneide.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/127/requerimento_no_novo_2023_neto.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/128/requerimento_no_002-2023_nega_quindoia.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/129/requerimento_no_003-2023_pollyanno.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/130/requerimento_no_004-2023_pollyanno.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/131/requerimento_no_005-2023_pollyanno.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/137/requerimento_24.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/138/requerimento_25.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/139/requerimento_26.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/140/requerimento_27.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/143/detectores_de_metais.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/146/requerimento_-_neto_28-04.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/147/requerimento_-_nobinho__28-04.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/148/requerimento_-_nobinho_2_28-04.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/149/requerimento_-_nobinho_3_28-04.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/152/requerimento_no_01-2023_ilmar.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/153/requerimento_no_02-2023_ilmar.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/156/requerimento_arnobio_2023_asfalto_das_ruas.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/159/requerimento_no_03-2023_licenca_ilmar.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/160/requerimento_no_003-2023_nego.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/162/requerimento_arnobio_010-2023.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/163/requerimento_no009-2023_nobinho..doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/164/requerimento_arnobio_011-2023.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/169/requerimento_no_05-2023_tiago.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/170/requerimento_no_06-2023_tiago.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/171/requerimento_no_07-2023_tiago.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/172/requerimento_no_08-2023_tiago.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/173/requerimento_-_reginaldo_2.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/174/requerimento_no_06_2023_neto.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/175/requerimento_no_07_2023_neto.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/176/requerimentos_pollyanno.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/177/requerimento_no_07-2023_pollyanno.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/178/requerimento_no12-2023_nobinho..doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/179/requerimento_no13-2023_nobinho..doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/180/requerimento_no14-2023_nobinho..doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/181/requerimento_-_francinaldo_1.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/182/requerimento_-_francinaldo_2.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/183/requerimento_-_francinaldo_3.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/184/requerimento_-_neto_8.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/185/requerimento_-_neto_9.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/186/requerimento_-_francinaldo_5.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/187/requerimento_-_francinaldo_4.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/188/requerimento_-_francinaldo_6.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/189/requerimento_-_francinaldo_7.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/190/requerimento_-_francinaldo_8.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/191/requerimento_-_francinaldo_9.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/192/requerimento_-_francinaldo_10.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/193/requerimento_-_francinaldo_11.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/194/requerimento_-_fernando_1.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/195/requerimento_no_03-2023_reginaldo.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/196/requerimento_no_04-2023_reginaldo.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/197/requerimento_no_09-2023_tiago.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/200/requerimento_dalvaneide_-_portico.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/201/requerimento_-_francinaldo_11.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/202/requerimento_-_francinaldo_13.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/203/requerimento_-_francinaldo_15.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/207/requerimento_-_francinaldo_15.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/210/requerimento_-_francinaldo_17.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/213/requerimento_-_francinaldo_20.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/214/requerimento_-_francinaldo_21.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/215/requerimento_-_francinaldo_22.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/216/requerimento_no_08-2023_pollyanno.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/217/requerimento_no_09-2023_pollyanno.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/218/requerimento_no_014-2023_arnobio.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/221/requerimento_arnobio_017-2023.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/223/requerimento_-_francinaldo_23.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/224/requerimento_-_francinaldo_25.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/225/requerimento_-_francinaldo_26.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/226/requerimento_-_francinaldo_27.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/227/requerimento_-_francinaldo_28.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/229/requerimento_-_francinaldo_29.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/231/requerimento_-_francinaldo_31.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/232/requerimento_-_francinaldo_32.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/233/requerimento_-_francinaldo_33.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/234/requerimento_-_francinaldo_34.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/235/requerimento_-_arnobio_019-2023.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/242/requerimento_-_francinaldo_35.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/243/requerimento_-_francinaldo_36.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/244/requerimento_-_francinaldo_37.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/245/requerimento_-_francinaldo_38.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/246/requerimento_-_francinaldo_39.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/247/requerimento_-_francinaldo_40.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/248/requerimento_-_francinaldo_41.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/107/projeto_de_lei_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/106/projeto_de_lei_no_002-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/108/projeto_de_lei_no_003-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/119/projeto_de_lei_no_04-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/124/projeto_de_lei_-_neto_marco.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/132/projeto_de_lei_no_05-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/133/projeto_de_lei_no_06-2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/141/projeto_de_lei_no_008-2023_ldo.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/142/programa_crianca_segura.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/144/indice_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/151/projeto_de_lei_no_009-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/154/projeto_de_lei_neto_2023_-_titulo_emerito.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/155/projeto_de_lei_dalvaneide_2023_-_censo_de_inclusao_de_autistas.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/157/projeto_de_lei_no_19-2023_victor_hugo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/165/projeto_de_lei_no_20-2023_vencimentos_dos_enfermeiros.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/166/projeto_de_lei_no_21-2023_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/167/projeto_de_lei_no_22-2023_tiago.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/168/projeto_de_lei_no_23-2023_tiago.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/204/projeto_de_lei_no_026-2023_altera_os_anexos_da_ldo_e_ppa_2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/205/projeto_de_lei_no_027-2023_-_loa_2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/206/projeto_de_lei_no_028-2023_credito.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/209/projeto_de_lei_no_025-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/220/projeto_de_lei_no_029-2023_vereador_victor_hugo.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/134/projeto_de_decreto_legislativo_-_fernanda.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/135/projeto_de_decreto_legislativo_-_padre_francisco.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/136/projeto_de_decreto_legislativo_-_padre_robson.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/150/projeto_de_decreto_legislativo_-_janaina.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/161/projeto_de_decreto_legislativo_-_senador_efraim.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/199/projeto_de_decreto_legislativo_-_senadora_daniella.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/228/projeto_de_decreto_legislativo_no_08-2023_joao_azevedo.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/249/projeto_de_decreto_legislativo_no_06-2023_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/250/projeto_de_decreto_legislativo_no_08-2023_joao_azevedo.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/251/projeto_de_decreto_legislativo_no_09-2023_tiago.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/123/projeto_de_resolucao_-_dalvaneide.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/145/projeto_de_decreto_legislativo_-_janaina.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/158/projeto_de_resolucao_no_003-2023_mesa_da_camara_cacimba_de_dentro.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/198/projeto_de_resolucao_no_05-2023_victor_hugo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/109/requerimento_no_001-2023_victor_hugo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/110/requerimento_no_002-2023_victor_hugo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/111/requerimento_no_001-2023_nega_quindoia.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/112/requerimento_de_no_001-2023_arnobio.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/113/requerimento_no_002-2023_nobinho.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/114/requerimento_no_003-2023_nobinho.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/115/requereimento_no_001-2023_antonio_neto.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/116/requerimento_no_001-2023_nego.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/117/requerimento_no_002-2023_nego.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/118/requerimento_no_004-2023_nobinho.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/120/requerimento_-_reginaldo.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/121/requerimento_-_neto_1.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/122/requerimento_-_neto_2.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/125/requerimento_no_001-2023_pollyanno.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/126/requerimento_dalvaneide.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/127/requerimento_no_novo_2023_neto.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/128/requerimento_no_002-2023_nega_quindoia.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/129/requerimento_no_003-2023_pollyanno.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/130/requerimento_no_004-2023_pollyanno.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/131/requerimento_no_005-2023_pollyanno.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/137/requerimento_24.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/138/requerimento_25.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/139/requerimento_26.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/140/requerimento_27.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/143/detectores_de_metais.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/146/requerimento_-_neto_28-04.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/147/requerimento_-_nobinho__28-04.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/148/requerimento_-_nobinho_2_28-04.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/149/requerimento_-_nobinho_3_28-04.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/152/requerimento_no_01-2023_ilmar.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/153/requerimento_no_02-2023_ilmar.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/156/requerimento_arnobio_2023_asfalto_das_ruas.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/159/requerimento_no_03-2023_licenca_ilmar.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/160/requerimento_no_003-2023_nego.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/162/requerimento_arnobio_010-2023.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/163/requerimento_no009-2023_nobinho..doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/164/requerimento_arnobio_011-2023.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/169/requerimento_no_05-2023_tiago.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/170/requerimento_no_06-2023_tiago.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/171/requerimento_no_07-2023_tiago.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/172/requerimento_no_08-2023_tiago.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/173/requerimento_-_reginaldo_2.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/174/requerimento_no_06_2023_neto.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/175/requerimento_no_07_2023_neto.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/176/requerimentos_pollyanno.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/177/requerimento_no_07-2023_pollyanno.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/178/requerimento_no12-2023_nobinho..doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/179/requerimento_no13-2023_nobinho..doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/180/requerimento_no14-2023_nobinho..doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/181/requerimento_-_francinaldo_1.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/182/requerimento_-_francinaldo_2.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/183/requerimento_-_francinaldo_3.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/184/requerimento_-_neto_8.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/185/requerimento_-_neto_9.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/186/requerimento_-_francinaldo_5.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/187/requerimento_-_francinaldo_4.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/188/requerimento_-_francinaldo_6.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/189/requerimento_-_francinaldo_7.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/190/requerimento_-_francinaldo_8.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/191/requerimento_-_francinaldo_9.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/192/requerimento_-_francinaldo_10.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/193/requerimento_-_francinaldo_11.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/194/requerimento_-_fernando_1.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/195/requerimento_no_03-2023_reginaldo.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/196/requerimento_no_04-2023_reginaldo.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/197/requerimento_no_09-2023_tiago.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/200/requerimento_dalvaneide_-_portico.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/201/requerimento_-_francinaldo_11.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/202/requerimento_-_francinaldo_13.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/203/requerimento_-_francinaldo_15.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/207/requerimento_-_francinaldo_15.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/210/requerimento_-_francinaldo_17.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/213/requerimento_-_francinaldo_20.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/214/requerimento_-_francinaldo_21.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/215/requerimento_-_francinaldo_22.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/216/requerimento_no_08-2023_pollyanno.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/217/requerimento_no_09-2023_pollyanno.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/218/requerimento_no_014-2023_arnobio.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/221/requerimento_arnobio_017-2023.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/223/requerimento_-_francinaldo_23.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/224/requerimento_-_francinaldo_25.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/225/requerimento_-_francinaldo_26.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/226/requerimento_-_francinaldo_27.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/227/requerimento_-_francinaldo_28.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/229/requerimento_-_francinaldo_29.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/231/requerimento_-_francinaldo_31.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/232/requerimento_-_francinaldo_32.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/233/requerimento_-_francinaldo_33.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/234/requerimento_-_francinaldo_34.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/235/requerimento_-_arnobio_019-2023.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/242/requerimento_-_francinaldo_35.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/243/requerimento_-_francinaldo_36.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/244/requerimento_-_francinaldo_37.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/245/requerimento_-_francinaldo_38.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/246/requerimento_-_francinaldo_39.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/247/requerimento_-_francinaldo_40.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/248/requerimento_-_francinaldo_41.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/107/projeto_de_lei_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/106/projeto_de_lei_no_002-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/108/projeto_de_lei_no_003-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/119/projeto_de_lei_no_04-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/124/projeto_de_lei_-_neto_marco.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/132/projeto_de_lei_no_05-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/133/projeto_de_lei_no_06-2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/141/projeto_de_lei_no_008-2023_ldo.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/142/programa_crianca_segura.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/144/indice_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/151/projeto_de_lei_no_009-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/154/projeto_de_lei_neto_2023_-_titulo_emerito.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/155/projeto_de_lei_dalvaneide_2023_-_censo_de_inclusao_de_autistas.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/157/projeto_de_lei_no_19-2023_victor_hugo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/165/projeto_de_lei_no_20-2023_vencimentos_dos_enfermeiros.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/166/projeto_de_lei_no_21-2023_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/167/projeto_de_lei_no_22-2023_tiago.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/168/projeto_de_lei_no_23-2023_tiago.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/204/projeto_de_lei_no_026-2023_altera_os_anexos_da_ldo_e_ppa_2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/205/projeto_de_lei_no_027-2023_-_loa_2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/206/projeto_de_lei_no_028-2023_credito.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/209/projeto_de_lei_no_025-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/220/projeto_de_lei_no_029-2023_vereador_victor_hugo.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/134/projeto_de_decreto_legislativo_-_fernanda.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/135/projeto_de_decreto_legislativo_-_padre_francisco.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/136/projeto_de_decreto_legislativo_-_padre_robson.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/150/projeto_de_decreto_legislativo_-_janaina.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/161/projeto_de_decreto_legislativo_-_senador_efraim.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/199/projeto_de_decreto_legislativo_-_senadora_daniella.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/228/projeto_de_decreto_legislativo_no_08-2023_joao_azevedo.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/249/projeto_de_decreto_legislativo_no_06-2023_francinaldo.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/250/projeto_de_decreto_legislativo_no_08-2023_joao_azevedo.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/251/projeto_de_decreto_legislativo_no_09-2023_tiago.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/123/projeto_de_resolucao_-_dalvaneide.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/145/projeto_de_decreto_legislativo_-_janaina.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/158/projeto_de_resolucao_no_003-2023_mesa_da_camara_cacimba_de_dentro.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacimbadedentro.pb.leg.br/media/sapl/public/materialegislativa/2023/198/projeto_de_resolucao_no_05-2023_victor_hugo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H148"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="150.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="149.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>